--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -528,150 +528,118 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be a short description of the work, with the main findings</w:t>
       </w:r>
       <w:r w:rsidR="00AC01C4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and must not be longer than 250 words</w:t>
       </w:r>
       <w:r w:rsidR="00AC01C4" w:rsidRPr="00E137A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Abbreviations should be kept to a minimum and must be explained at first mention. </w:t>
       </w:r>
       <w:r w:rsidR="00AC01C4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">You should not begin a sentence with an </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">You should not begin a sentence with an abbreviation and they should not be used in headings. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC01C4" w:rsidRPr="00E137A6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC01C4" w:rsidRPr="00E137A6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> values should not be included in the </w:t>
+      </w:r>
       <w:r w:rsidR="00AC01C4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>abbreviation</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC01C4" w:rsidRPr="00E137A6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidR="00AC01C4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and they should not be used in headings. </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> values should not be included in the </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC01C4" w:rsidRPr="00E0363F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstract </w:t>
       </w:r>
       <w:r w:rsidR="00AC01C4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Abstract</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">should not be written in italics. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5CA823" w14:textId="77777777" w:rsidR="000D3406" w:rsidRDefault="00AC01C4" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">In the following, please note that expected main headings for Research articles have been used. These are not generally applicable for Review </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and it is understood that section headings for Review papers are likely to be unique to the paper; however, you must still follow the formatting for Level 1, 2 and 3 headings please.</w:t>
+        <w:t>In the following, please note that expected main headings for Research articles have been used. These are not generally applicable for Review papers and it is understood that section headings for Review papers are likely to be unique to the paper; however, you must still follow the formatting for Level 1, 2 and 3 headings please.</w:t>
       </w:r>
       <w:r w:rsidR="000D3406" w:rsidRPr="00E137A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FAAF7B7" w14:textId="77777777" w:rsidR="00A8106C" w:rsidRDefault="00A8106C" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CEE1FBE" w14:textId="7DC65973" w:rsidR="00A8106C" w:rsidRPr="00A8106C" w:rsidRDefault="00A8106C" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1806,52 +1774,55 @@
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA3D34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00F53776" w:rsidRPr="00EA3D34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>iscussion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408E1BEC" w14:textId="77777777" w:rsidR="00F53776" w:rsidRDefault="00592B06" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">This should draw together your results, present possible reasons for your findings, comparisons </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>This should draw together your results, present possible reasons for your findings, comparisons with earlier results from other authors</w:t>
+        <w:t>with earlier results from other authors</w:t>
       </w:r>
       <w:r w:rsidR="00CC172F">
         <w:t xml:space="preserve">, possible reasons for different results, and suggestions for future work. In general, Tables and Figs should not be cited in the Discussion section. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D21004" w14:textId="77777777" w:rsidR="00611808" w:rsidRDefault="00611808" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CEB5B83" w14:textId="2414CDD9" w:rsidR="00420F75" w:rsidRDefault="00611808" w:rsidP="002D3E5D">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Supplementary material</w:t>
       </w:r>
@@ -1990,92 +1961,112 @@
       </w:r>
       <w:r w:rsidR="006D3A79">
         <w:t>section</w:t>
       </w:r>
       <w:r w:rsidR="002C2D01">
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidR="002C2D01" w:rsidRPr="002C2D01">
         <w:t xml:space="preserve"> only required if data is available elsewhere</w:t>
       </w:r>
       <w:r w:rsidR="002C2D01">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002C2D01" w:rsidRPr="002C2D01">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00420F75" w:rsidRPr="00005B57">
         <w:t>Data Availability Statements are brief statements telling readers how they can access the data and other materials that would be necessary to replicate the findings of an article, in the interests of research transparency.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ACF83FF" w14:textId="77777777" w:rsidR="00592B06" w:rsidRDefault="00592B06" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B526BCB" w14:textId="09CCA576" w:rsidR="004B34F1" w:rsidRDefault="004B34F1" w:rsidP="002D3E5D">
+    <w:p w14:paraId="0B526BCB" w14:textId="7DAEB5D3" w:rsidR="004B34F1" w:rsidRDefault="004B34F1" w:rsidP="002D3E5D">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Acknowledgements</w:t>
       </w:r>
       <w:r w:rsidR="007D2E56" w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002D3E5D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C2D01">
         <w:t xml:space="preserve">This section is optional. </w:t>
       </w:r>
       <w:r>
         <w:t>If you wish to credit, e.g. people who helped with the work but are not included in the list of authors, for instance statisticians or technicians, they should be listed in the acknowledgements.</w:t>
+      </w:r>
+      <w:r w:rsidR="00607D0B" w:rsidRPr="00607D0B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607D0B" w:rsidRPr="00CF3898">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>If you used any AI tools in the research or writing process for this manuscript, you must declare this here.</w:t>
+      </w:r>
+      <w:r w:rsidR="00607D0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607D0B" w:rsidRPr="00B047FC">
+        <w:t>Descriptions of AI processes used should include at minimum the version of the tool/algorithm used, where it can be accessed, any proprietary information relevant to the use of the tool/algorithm, any modifications of the tool made by the researchers (such as the addition of data to a tool’s public corpus), and the date(s) it was used for the purpose(s) described. Any relevant competing interests or potential bias arising as a consequence of the tool/algorithm’s use should be transparently declared and may be discussed in the article.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73FE0676" w14:textId="77777777" w:rsidR="00611808" w:rsidRDefault="00611808" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18B9BC9A" w14:textId="68B999FE" w:rsidR="00611808" w:rsidRDefault="00611808" w:rsidP="002D3E5D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -2172,51 +2163,50 @@
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>A short statement should be provided indicating how each author contributed to the work. For example: AB and CD conceived and designed the study. CD and EF conducted data gathering. GH performed statistical analyses. AB, EF and GH wrote the article.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28853118" w14:textId="77777777" w:rsidR="001E407F" w:rsidRDefault="001E407F" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14275560" w14:textId="19A12032" w:rsidR="004B34F1" w:rsidRPr="002D3E5D" w:rsidRDefault="004B34F1" w:rsidP="002D3E5D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Financial </w:t>
       </w:r>
       <w:r w:rsidR="007D2E56" w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>upport</w:t>
       </w:r>
       <w:r w:rsidR="007D2E56" w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002D3E5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D3A79" w:rsidRPr="002D3E5D">
         <w:rPr>
@@ -2420,50 +2410,51 @@
         <w:t>, and remove this text</w:t>
       </w:r>
       <w:r w:rsidRPr="004B34F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="19C5AF9A" w14:textId="77777777" w:rsidR="00FF183A" w:rsidRPr="00F02639" w:rsidRDefault="00332D1D" w:rsidP="00427B44">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FEE6104" w14:textId="77777777" w:rsidR="00363046" w:rsidRDefault="006433B4" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E137A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The reference </w:t>
       </w:r>
       <w:r w:rsidR="00363046" w:rsidRPr="00E137A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>list should be formatted using a hanging indent (as this paragraph is) and no blank lines should be left between references. It</w:t>
@@ -2477,65 +2468,56 @@
       </w:r>
       <w:r w:rsidR="007E5D98">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arranged</w:t>
       </w:r>
       <w:r w:rsidRPr="00E137A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in alphabetical order by the surname of the first author. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="070CA788" w14:textId="77777777" w:rsidR="006714E6" w:rsidRDefault="006714E6" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In order to</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> format the list with a hanging indent, the easiest way is to highlight the whole list, then drag the lower half of the tab indicator on the ruler slightly to the right:</w:t>
+        <w:t>In order to format the list with a hanging indent, the easiest way is to highlight the whole list, then drag the lower half of the tab indicator on the ruler slightly to the right:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B83AE0D" w14:textId="77777777" w:rsidR="006714E6" w:rsidRDefault="00E166CC" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpc">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0884F907" wp14:editId="705232EB">
                 <wp:extent cx="2544445" cy="2185035"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="5" name="Canvas 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2891,50 +2873,51 @@
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45C85D80" w14:textId="5DE20733" w:rsidR="000B6B1A" w:rsidRPr="00F02639" w:rsidRDefault="000B6B1A" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B7C08E" w14:textId="60FD596A" w:rsidR="000B6B1A" w:rsidRDefault="00606351" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This section is optional. </w:t>
       </w:r>
       <w:r w:rsidR="000B6B1A" w:rsidRPr="00064860">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
           <w:specVanish/>
         </w:rPr>
@@ -3029,50 +3012,51 @@
       </w:r>
       <w:r w:rsidR="00F31860">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3F1CE2" w14:textId="4545BC2A" w:rsidR="001B333C" w:rsidRPr="00E137A6" w:rsidRDefault="000F5188" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tables and Fig</w:t>
       </w:r>
       <w:r w:rsidR="00606351">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="006B0719">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3092,97 +3076,65 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E5D98">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tables may be included in the </w:t>
       </w:r>
       <w:r w:rsidR="00DF5F11">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>main document</w:t>
       </w:r>
       <w:r w:rsidR="007E5D98">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> file but if </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> file but if so must be placed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the reference list</w:t>
+      </w:r>
       <w:r w:rsidR="007E5D98">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>so</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> they can</w:t>
+        <w:t>; alternatively they can</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be submitted as separate files.</w:t>
       </w:r>
       <w:r w:rsidR="007E5D98">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD6606" w:rsidRPr="0086771F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You must add</w:t>
       </w:r>
       <w:r w:rsidRPr="0086771F">
@@ -3411,88 +3363,73 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2966E3C5" w14:textId="3911CF0A" w:rsidR="006B0719" w:rsidRDefault="002C2D01" w:rsidP="00427B44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figure x. </w:t>
       </w:r>
       <w:r w:rsidR="00427B44">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00E45B0C" w:rsidRPr="00E137A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> figure legends should be written </w:t>
       </w:r>
       <w:r w:rsidR="006B0719">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">at the end of the main </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">at the end of the main document </w:t>
       </w:r>
       <w:r w:rsidR="00DF5F11">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>but</w:t>
       </w:r>
       <w:r w:rsidR="006B0719">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> all figures must be submitted as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006B0719">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tif</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006B0719">
@@ -3835,52 +3772,52 @@
       <w:pPr>
         <w:ind w:left="6534" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7254" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1519932068">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="307592961">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMbIwMjcwMjG1NDAyszBU0lEKTi0uzszPAykwrAUAYYy+/CwAAAA="/>
   </w:docVars>
@@ -3970,50 +3907,51 @@
     <w:rsid w:val="00494FD0"/>
     <w:rsid w:val="004A2754"/>
     <w:rsid w:val="004A6752"/>
     <w:rsid w:val="004A6E92"/>
     <w:rsid w:val="004B043F"/>
     <w:rsid w:val="004B34F1"/>
     <w:rsid w:val="004B7590"/>
     <w:rsid w:val="004D122F"/>
     <w:rsid w:val="004E44C6"/>
     <w:rsid w:val="004F1DB2"/>
     <w:rsid w:val="004F1E56"/>
     <w:rsid w:val="004F5416"/>
     <w:rsid w:val="0050573C"/>
     <w:rsid w:val="00550291"/>
     <w:rsid w:val="005558E4"/>
     <w:rsid w:val="00567B09"/>
     <w:rsid w:val="00592B06"/>
     <w:rsid w:val="00596548"/>
     <w:rsid w:val="00597762"/>
     <w:rsid w:val="005B6D38"/>
     <w:rsid w:val="005C73BE"/>
     <w:rsid w:val="005D1FEB"/>
     <w:rsid w:val="005E77CF"/>
     <w:rsid w:val="005F3D81"/>
     <w:rsid w:val="00606351"/>
+    <w:rsid w:val="00607D0B"/>
     <w:rsid w:val="00611808"/>
     <w:rsid w:val="00613026"/>
     <w:rsid w:val="00617C1D"/>
     <w:rsid w:val="00634F60"/>
     <w:rsid w:val="006433B4"/>
     <w:rsid w:val="006435B8"/>
     <w:rsid w:val="006714E6"/>
     <w:rsid w:val="006841A7"/>
     <w:rsid w:val="0069566F"/>
     <w:rsid w:val="006B0719"/>
     <w:rsid w:val="006B6A64"/>
     <w:rsid w:val="006C0A4F"/>
     <w:rsid w:val="006C7F1A"/>
     <w:rsid w:val="006D0847"/>
     <w:rsid w:val="006D3A79"/>
     <w:rsid w:val="006D4583"/>
     <w:rsid w:val="00715473"/>
     <w:rsid w:val="00732267"/>
     <w:rsid w:val="00734497"/>
     <w:rsid w:val="0073666F"/>
     <w:rsid w:val="00745AA0"/>
     <w:rsid w:val="00747C10"/>
     <w:rsid w:val="00754079"/>
     <w:rsid w:val="00754DA0"/>
     <w:rsid w:val="00763577"/>
@@ -4050,54 +3988,56 @@
     <w:rsid w:val="0095317F"/>
     <w:rsid w:val="0095412D"/>
     <w:rsid w:val="0096179A"/>
     <w:rsid w:val="00962E17"/>
     <w:rsid w:val="00963488"/>
     <w:rsid w:val="00964E87"/>
     <w:rsid w:val="00965EC0"/>
     <w:rsid w:val="00974D1B"/>
     <w:rsid w:val="009825A5"/>
     <w:rsid w:val="00987690"/>
     <w:rsid w:val="00992E98"/>
     <w:rsid w:val="009A1586"/>
     <w:rsid w:val="009B6583"/>
     <w:rsid w:val="009D01D2"/>
     <w:rsid w:val="00A027AE"/>
     <w:rsid w:val="00A41E17"/>
     <w:rsid w:val="00A56DB9"/>
     <w:rsid w:val="00A64F01"/>
     <w:rsid w:val="00A734CC"/>
     <w:rsid w:val="00A8106C"/>
     <w:rsid w:val="00A8344E"/>
     <w:rsid w:val="00A84445"/>
     <w:rsid w:val="00AA687B"/>
     <w:rsid w:val="00AC01C4"/>
     <w:rsid w:val="00AC50A0"/>
+    <w:rsid w:val="00AD5881"/>
     <w:rsid w:val="00AD6606"/>
     <w:rsid w:val="00AF589A"/>
     <w:rsid w:val="00AF6B80"/>
     <w:rsid w:val="00B0035B"/>
+    <w:rsid w:val="00B171C3"/>
     <w:rsid w:val="00B2677B"/>
     <w:rsid w:val="00B27734"/>
     <w:rsid w:val="00B3402B"/>
     <w:rsid w:val="00B36A4B"/>
     <w:rsid w:val="00B43015"/>
     <w:rsid w:val="00B44562"/>
     <w:rsid w:val="00B53F3F"/>
     <w:rsid w:val="00B67D4C"/>
     <w:rsid w:val="00B75CF9"/>
     <w:rsid w:val="00B81530"/>
     <w:rsid w:val="00B83D5E"/>
     <w:rsid w:val="00BA5DBA"/>
     <w:rsid w:val="00BC3669"/>
     <w:rsid w:val="00BD2827"/>
     <w:rsid w:val="00BD3815"/>
     <w:rsid w:val="00BF3F5C"/>
     <w:rsid w:val="00C00BF3"/>
     <w:rsid w:val="00C04F96"/>
     <w:rsid w:val="00C16762"/>
     <w:rsid w:val="00C200EE"/>
     <w:rsid w:val="00C2646F"/>
     <w:rsid w:val="00C348D0"/>
     <w:rsid w:val="00C54F38"/>
     <w:rsid w:val="00C65436"/>
     <w:rsid w:val="00C80F76"/>
@@ -5280,75 +5220,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2232A059-A3F4-469E-9E43-EC7F60BFF387}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>AGS-Formatting-Template</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1317</Words>
-  <Characters>7511</Characters>
+  <Words>1521</Words>
+  <Characters>7957</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>162</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Aberdeen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8811</CharactersWithSpaces>
+  <CharactersWithSpaces>9412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7405621</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://endnote.com/downloads/style/journal-agricultural-science</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2949190</vt:i4>
       </vt:variant>
       <vt:variant>