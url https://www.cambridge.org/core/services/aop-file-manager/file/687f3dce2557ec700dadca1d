--- v0 (2025-10-30)
+++ v1 (2025-12-09)
@@ -1,825 +1,1159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for Java 20.2 -->
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00127773" w:rsidP="005E30B0" w14:paraId="79890652" w14:textId="5BAAE18D">
+    <w:p w14:paraId="6AFA4DDA" w14:textId="77777777" w:rsidR="00127773" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50E460F4" wp14:editId="646840AA">
             <wp:extent cx="5731510" cy="535940"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1552766476" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="443634552" name="Picture 1552766476"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
-                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="535940"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="3481FEC5" w14:textId="77777777">
+    <w:p w14:paraId="1F899EA1" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD08EC" w:rsidRPr="00C30C66" w:rsidP="005E30B0" w14:paraId="0BE38B16" w14:textId="7509B740">
+    <w:p w14:paraId="7D9758D5" w14:textId="77777777" w:rsidR="00AD08EC" w:rsidRPr="00C30C66" w:rsidRDefault="00C30C66" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="005E30B0" w:rsidR="00C30C66">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="005E30B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>Australian Journal of Environmental Education</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="647BF4B4" w14:textId="77777777">
+    <w:p w14:paraId="3237D51F" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C30C66" w:rsidP="005E30B0" w14:paraId="0CC71CEF" w14:textId="10C80531">
+    <w:p w14:paraId="22F7D5EA" w14:textId="77777777" w:rsidR="00C30C66" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C30C66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Title </w:t>
       </w:r>
       <w:r w:rsidR="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00C30C66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>age</w:t>
       </w:r>
       <w:r w:rsidR="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> Template</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidP="005E30B0" w14:paraId="5658C3FA" w14:textId="3957F89D">
+    <w:p w14:paraId="18D628B5" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">AJEE Author Instructions – see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="005E30B0">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="005E30B0" w:rsidRPr="005E30B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C30C66" w:rsidRPr="005E30B0" w:rsidP="005E30B0" w14:paraId="0E1F516A" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidP="005E30B0" w14:paraId="789F9928" w14:textId="77777777">
+    <w:p w14:paraId="6AE47228" w14:textId="77777777" w:rsidR="00C30C66" w:rsidRPr="005E30B0" w:rsidRDefault="00C30C66" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58FC5088" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>T</w:t>
-      </w:r>
+        <w:t>Title of manuscript:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AA4FBD" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AC1F9CD" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>itle of manuscript:</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t>Author 1:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidP="005E30B0" w14:paraId="36E8290D" w14:textId="35A24918">
+    <w:p w14:paraId="3E98F5C7" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="06EC81C9" w14:textId="2ECE9FEA">
+    <w:p w14:paraId="0D19B800" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Affiliation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/Institution:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="7DE31A51" w14:textId="4D981928">
+    <w:p w14:paraId="2EB49046" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ORCID:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="1D6F39EE" w14:textId="47D9A7ED">
+    <w:p w14:paraId="600F90B7" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Biography (100 words):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="51FB15B5" w14:textId="77777777">
-[...17 lines deleted...]
-    <w:p w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidP="005E30B0" w14:paraId="7C5BC24E" w14:textId="4720DDAD">
+    <w:p w14:paraId="502F9AAA" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D4D51F6" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A4E1AEB" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Author </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidP="005E30B0" w14:paraId="673A22E5" w14:textId="77777777">
+    <w:p w14:paraId="116B66F7" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="3C598F12" w14:textId="77777777">
+    <w:p w14:paraId="6059D10B" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Affiliation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/Institution:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="52D2843F" w14:textId="77777777">
+    <w:p w14:paraId="70B57F7D" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ORCID:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="71285580" w14:textId="77777777">
+    <w:p w14:paraId="7DE8DF35" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Biography (100 words):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="6ED1A960" w14:textId="77777777">
-[...8 lines deleted...]
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="36AC1ABA" w14:textId="46211824">
+    <w:p w14:paraId="69C7FDBF" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="385E6E37" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Add more authors</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidP="005E30B0" w14:paraId="74911895" w14:textId="77777777">
+    <w:p w14:paraId="19B7080D" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRPr="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="0F9B935D" w14:textId="77777777">
+    <w:p w14:paraId="1DBCACEC" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E30B0" w:rsidR="00AD08EC">
+      <w:r w:rsidR="00AD08EC" w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>bstract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="33D124EC" w14:textId="77777777">
-[...8 lines deleted...]
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="587BE557" w14:textId="77777777">
+    <w:p w14:paraId="6A42972C" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17AE7117" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E30B0" w:rsidR="00AD08EC">
+      <w:r w:rsidR="00AD08EC" w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>eywords</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="176F8C83" w14:textId="77777777">
-[...8 lines deleted...]
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="0155F059" w14:textId="77777777">
+    <w:p w14:paraId="1A354DBC" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09F3D8A0" w14:textId="0372E16E" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E30B0" w:rsidR="00AD08EC">
+      <w:r w:rsidR="00AD08EC" w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>cknowledgements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="609A3A83" w14:textId="77777777">
+      <w:r w:rsidR="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65ADE" w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Acknowledge individuals or organi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65ADE" w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ations who provided advice or non-financial support. If there are no acknowledgements, include the heading 'Acknowledgements' followed by the text 'None.'</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACA35DC" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A811A8D" w14:textId="3961DEF6" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E30B0" w:rsidR="00AD08EC">
+      <w:r w:rsidR="00AD08EC" w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>unding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Statement:</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="25A6A738" w14:textId="6D7F204B">
+      <w:r w:rsidR="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> details of funding (funding source, including grant number), or use this statement if no funding was received “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65ADE" w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>This research received no specific grant from any funding agency, commercial, or not-for-profit sectors</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E48722" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B21237A" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="00000000" w:rsidP="005E30B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E30B0" w:rsidR="00AD08EC">
+      <w:r w:rsidR="00AD08EC" w:rsidRPr="005E30B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">thical </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Statement (if researching with humans add name of Institution that provided ethical approval, the approval number, and a short statement):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E30B0" w:rsidP="005E30B0" w14:paraId="49E74FF9" w14:textId="77777777">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="215AF08A" w14:textId="77777777" w:rsidR="005E30B0" w:rsidRDefault="005E30B0" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B3D404" w14:textId="1BA46A2E" w:rsidR="00A65ADE" w:rsidRDefault="00A65ADE" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Add</w:t>
-[...16 lines deleted...]
-    <w:sectPr>
+        <w:t xml:space="preserve">Artificial Intelligence (add correct statement): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DFE0E5" w14:textId="277F24AA" w:rsidR="00A65ADE" w:rsidRPr="00A65ADE" w:rsidRDefault="00A65ADE" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I have used AI tools in the research or writing process for this manuscript and have transparently declared this use in line with the policy and in accordance with the journal's requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (give details here)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38CAA338" w14:textId="477454D9" w:rsidR="00AD08EC" w:rsidRDefault="00A65ADE" w:rsidP="005E30B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>have not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used AI tools in the research or writing process for this manuscript</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C765300" w14:textId="77777777" w:rsidR="00A65ADE" w:rsidRPr="00A65ADE" w:rsidRDefault="00A65ADE" w:rsidP="00A65ADE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Conflicts of Interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225AED0F" w14:textId="77777777" w:rsidR="00A65ADE" w:rsidRPr="00A65ADE" w:rsidRDefault="00A65ADE" w:rsidP="00A65ADE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Conflict of interest exists when an author has interests that might influence his or her judgement, even if that judgement is not influenced. Authors must disclose potentially conflicting. Non-financial interests that could be relevant in this context should also be disclosed. If no relevant interests exist, this should be stated. This requirement applies to all the authors of a paper and to all categories of papers If there are no conflicts of interest, include the heading 'Conflicts of Interest' followed by the text 'None.'</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E239B56" w14:textId="15452BEC" w:rsidR="00A65ADE" w:rsidRPr="00A65ADE" w:rsidRDefault="00A65ADE" w:rsidP="00A65ADE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A65ADE" w:rsidRPr="00A65ADE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E986C3C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF66BF5A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1102650850">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD08EC"/>
     <w:rsid w:val="00127773"/>
+    <w:rsid w:val="001D1C57"/>
     <w:rsid w:val="00262929"/>
     <w:rsid w:val="004475A9"/>
     <w:rsid w:val="005E30B0"/>
     <w:rsid w:val="007015CC"/>
     <w:rsid w:val="00837975"/>
-    <w:rsid w:val="00AD08EC"/>
+    <w:rsid w:val="00A65ADE"/>
+    <w:rsid w:val="00AD08EC"/>
+    <w:rsid w:val="00C23C1A"/>
     <w:rsid w:val="00C30C66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="400264C7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9FFAEF7B-1F67-0441-B218-7CE2CA432EDD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1372,51 +1706,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AD08EC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -1697,85 +2030,114 @@
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00AD08EC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E30B0"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E30B0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E30B0"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A65ADE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A65ADE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://url.avanan.click/v2/___https://www.cambridge.org/core/journals/australian-journal-of-environmental-education___.YXAxZTpjYW1icmlkZ2Vvcmc6YTpvOjgyZWI5NTU4M2ZjNDZhNjEzYTYyOWIxZTdiMjY1ZDYxOjY6N2I2ZTo5NTFhMjk2NTNlNmRkOGY5Y2ExMDljYjlmNzg2OGZkZGY1MWMwNjUzNDQzYzFiMDAyZmNhYjcwMGUyZTExYzQ2OnA6VDpG" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://url.avanan.click/v2/___https://www.cambridge.org/core/journals/australian-journal-of-environmental-education/information/author-instructions___.YXAxZTpjYW1icmlkZ2Vvcmc6YTpvOjgyZWI5NTU4M2ZjNDZhNjEzYTYyOWIxZTdiMjY1ZDYxOjY6M2I4ZTo1NmUwYjdjMzNjN2NhMjNiNmJlNjFmNWYyZTcyYTg2YTJiMzRiZTAyYzc1OTY1Zjk1MGViNjM2ODMzNzAyYjlkOnA6VDpG" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://url.avanan.click/v2/___https://www.cambridge.org/core/journals/australian-journal-of-environmental-education/information/author-instructions___.YXAxZTpjYW1icmlkZ2Vvcmc6YTpvOjgyZWI5NTU4M2ZjNDZhNjEzYTYyOWIxZTdiMjY1ZDYxOjY6M2I4ZTo1NmUwYjdjMzNjN2NhMjNiNmJlNjFmNWYyZTcyYTg2YTJiMzRiZTAyYzc1OTY1Zjk1MGViNjM2ODMzNzAyYjlkOnA6VDpG" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://url.avanan.click/v2/___https://www.cambridge.org/core/journals/australian-journal-of-environmental-education___.YXAxZTpjYW1icmlkZ2Vvcmc6YTpvOjgyZWI5NTU4M2ZjNDZhNjEzYTYyOWIxZTdiMjY1ZDYxOjY6N2I2ZTo5NTFhMjk2NTNlNmRkOGY5Y2ExMDljYjlmNzg2OGZkZGY1MWMwNjUzNDQzYzFiMDAyZmNhYjcwMGUyZTExYzQ2OnA6VDpG" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2051,68 +2413,68 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>657</Characters>
+  <Pages>2</Pages>
+  <Words>316</Words>
+  <Characters>2146</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>178</Lines>
+  <Paragraphs>117</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>771</CharactersWithSpaces>
+  <CharactersWithSpaces>2345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Peta White</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>